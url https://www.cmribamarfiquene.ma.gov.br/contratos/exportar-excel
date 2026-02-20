--- v0 (2025-11-03)
+++ v1 (2026-02-20)
@@ -12,775 +12,772 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>11/2025</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 Contratação de empresa especializada em implantaçã...</t>
   </si>
   <si>
     <t>FÊNIX.COM CONTEUDO E TECNOLOGIA LTDA
 01.141.809/0001-04</t>
   </si>
   <si>
     <t>17/06/2025
 17.940,00</t>
   </si>
   <si>
     <t>17/06/2025 a 17/06/2026</t>
   </si>
   <si>
-    <t>05/2025</t>
+    <t>10/2025</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 Contratação de empresa especializada no fornecimen...</t>
   </si>
   <si>
+    <t>RG COMÉRCIO E SERVIÇOS LTDA
+48.577.265/0001-83</t>
+  </si>
+  <si>
+    <t>14/04/2025
+59.699,00</t>
+  </si>
+  <si>
+    <t>14/04/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>09/2025</t>
+  </si>
+  <si>
+    <t>MAGAZINE IMPERATRIZ LTDA
+42.707.214/0001-42</t>
+  </si>
+  <si>
+    <t>11/04/2025
+45.097,69</t>
+  </si>
+  <si>
+    <t>11/04/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>08/2025</t>
+  </si>
+  <si>
+    <t>M W DISTRIBUIDORA LTDA
+47.886.938/0001-14</t>
+  </si>
+  <si>
+    <t>27/03/2025
+58.720,05</t>
+  </si>
+  <si>
+    <t>27/03/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>07/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA ADMINISTRATIVA
+Contratação de empresa especializada de empresa es...</t>
+  </si>
+  <si>
+    <t>J C L EMPREENDIMENTOS LTDA
+12.141.108/0001-83</t>
+  </si>
+  <si>
+    <t>27/11/2025
+55.787,00</t>
+  </si>
+  <si>
+    <t>27/11/2025 a 27/11/2026</t>
+  </si>
+  <si>
+    <t>06/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA ADMINISTRATIVA
+Contratação de empresa especializada para prestar...</t>
+  </si>
+  <si>
+    <t>D. M. F. NUNES LTDA
+27.353.547/0001-27</t>
+  </si>
+  <si>
+    <t>18/03/2025
+45.160,00</t>
+  </si>
+  <si>
+    <t>18/03/2025 a 18/03/2026</t>
+  </si>
+  <si>
+    <t>05/2025</t>
+  </si>
+  <si>
     <t>R. M. S. DISTRIBUIDORA LTDA
 52.676.825/0001-24</t>
   </si>
   <si>
     <t>01/04/2025
 32.644,80</t>
   </si>
   <si>
     <t>01/04/2025 a 01/04/2026</t>
   </si>
   <si>
-    <t>03/2025</t>
+    <t>04/2025</t>
   </si>
   <si>
     <t>C C NASCIMENTO COMERCIO LTDA
 63.540.066/0001-94</t>
   </si>
   <si>
+    <t>12/03/2025
+45.561,11</t>
+  </si>
+  <si>
+    <t>12/03/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>03/2025</t>
+  </si>
+  <si>
     <t>10/03/2025
 62.631,77</t>
   </si>
   <si>
     <t>10/03/2025 a 10/03/2026</t>
   </si>
   <si>
-    <t>04/2025</t>
-[...36 lines deleted...]
-  <si>
     <t>02/2025</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>CHAVES MAIA ADVOGADOS ASSOCIADOS
 20.003.811/0001-53</t>
   </si>
   <si>
     <t>20/01/2025
 72.000,00</t>
   </si>
   <si>
     <t>20/01/2025 a 20/01/2026</t>
   </si>
   <si>
-    <t>08/2025</t>
-[...30 lines deleted...]
-  <si>
     <t>01/2025</t>
   </si>
   <si>
     <t>SILVA CAVALCANTE ASSOCIADOS LTDA
 33.316.551/0001-18</t>
   </si>
   <si>
     <t>20/01/2025
 48.000,00</t>
   </si>
   <si>
     <t>003/2024</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 Contratação de empresa especializada para aquisiçã...</t>
   </si>
   <si>
     <t>M C S COMÉRCIO E SERVIÇOS LTDA
 40.189.795/0001-42</t>
   </si>
   <si>
     <t>07/06/2024
 49.332,75</t>
   </si>
   <si>
     <t>07/06/2024 a 07/06/2025</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 Contratação de empresa especializada para realizar...</t>
   </si>
   <si>
     <t>M DA S MESQUITA SERVIÇOS E TECNOLOGIA LTDA
 16.799.630/0001-08</t>
   </si>
   <si>
     <t>06/06/2024
 42.000,00</t>
   </si>
   <si>
     <t>06/06/2024 a 31/12/2024</t>
   </si>
   <si>
-    <t>003/2023.4/2023</t>
+    <t>SECRETARIA ADMINISTRATIVA
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>FENIX.COM CONTEUDO E TECNOLOGIA LTDA
+01.141.809/0001-04</t>
+  </si>
+  <si>
+    <t>17/01/2024
+16.445,00</t>
+  </si>
+  <si>
+    <t>17/01/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>005/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA ADMINISTRATIVA
+o presente contrato tem por objeto a contratação d...</t>
+  </si>
+  <si>
+    <t>LAGO COMÉRCIO E SERVIÇOS LTDA
+23.429.390/0001-15</t>
+  </si>
+  <si>
+    <t>26/03/2023
+60.148,60</t>
+  </si>
+  <si>
+    <t>26/03/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>004/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA ADMINISTRATIVA
+O presente contrato tem por objeto a Contratação d...</t>
+  </si>
+  <si>
+    <t>ARACATI COMÉRCIO SERVIÇOS CONSULTORIA
+42.891.186/0001-57</t>
+  </si>
+  <si>
+    <t>13/04/2023
+80.001,98</t>
+  </si>
+  <si>
+    <t>13/04/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>003/2023</t>
   </si>
   <si>
     <t>SUPRIPRIME SUPRIMENTOS DE INFORMÁTICA EIRELI
 43.299.151/0001-03</t>
   </si>
   <si>
     <t>04/04/2023
 1.275,00</t>
   </si>
   <si>
     <t>04/04/2023 a 31/12/2023</t>
   </si>
   <si>
-    <t>003/2023.3/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>M A DE O COSTA
 24.196.494/0001-90</t>
   </si>
   <si>
     <t>04/04/2023
 13.752,00</t>
   </si>
   <si>
-    <t>003/2023.2/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>04/04/2023
 13.705,50</t>
   </si>
   <si>
-    <t>003/2023.1/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>04/04/2023
 36.310,50</t>
   </si>
   <si>
-    <t>004/2023.1/2023</t>
-[...53 lines deleted...]
-    <t>ADITIVO Nº 02/2023</t>
+    <t>002/2023</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 OBJETO: Contratação de empresa especializada em Pr...</t>
   </si>
   <si>
     <t>M. DA S. MESQUITA SERVIÇOS E TECNOLOGIA
 16.799.630/0001- 0</t>
   </si>
   <si>
     <t>03/01/2024
 4.900,00</t>
   </si>
   <si>
     <t>03/01/2024 a 31/12/2024</t>
   </si>
   <si>
-    <t>002/2023.1/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>SECRETARIA ADMINISTRATIVA
 Contratação de empresa especializada para fornecim...</t>
   </si>
   <si>
     <t>PARIS EMPREENDIMENTOS L TOA
 29.872.242/0001-57</t>
   </si>
   <si>
     <t>14/03/2023
 98.704,00</t>
   </si>
   <si>
     <t>14/03/2023 a 31/12/2023</t>
   </si>
   <si>
-    <t>ADITIVO Nº 001/2023</t>
+    <t>001/2023</t>
   </si>
   <si>
     <t>03/02/2023
 49.500,00</t>
   </si>
   <si>
     <t>03/02/2023 a 03/02/2024</t>
   </si>
   <si>
-    <t>001/2023.1/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>PARIS EMPREENDIMENTOS LTDA
 29.872.242/0001-57</t>
   </si>
   <si>
     <t>14/03/2023
 98.070,00</t>
   </si>
   <si>
-    <t>DP001/2023.1/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>17/02/2023
 16.445,00</t>
   </si>
   <si>
     <t>17/02/2023 a 31/12/2023</t>
   </si>
   <si>
-    <t>ADITIVO N°4/2022/2022</t>
+    <t>04/2022</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 O presente Termo de Aditivo tem por objeto a alter...</t>
   </si>
   <si>
     <t>FENIX. COM - CONTEUDO E TECNOLOGIA L TOA - ME
 01.141.809/0001-04</t>
   </si>
   <si>
     <t>07/01/2022
 15.600,00</t>
   </si>
   <si>
     <t>07/01/2022 a 31/12/2021</t>
   </si>
   <si>
     <t>003/2022</t>
   </si>
   <si>
     <t>SECRETARIA ADMINISTRATIVA
 O presente contrato tem pôr objeto a Contratação d...</t>
   </si>
   <si>
     <t>LEILANE NEPOMUCENA MASCARENHAS
 42.981.186/0001-57</t>
   </si>
   <si>
     <t>27/07/2022
 15.162,80</t>
   </si>
   <si>
     <t>27/07/2022 a 31/12/2022</t>
   </si>
   <si>
+    <t>002/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA ADMINISTRATIVA
+contratação de empresa especializada para aquisiçã...</t>
+  </si>
+  <si>
+    <t>ANTONIO PEREIRA JUNIOR,
+07.624.599/0001-83</t>
+  </si>
+  <si>
+    <t>06/06/2022
+15.064,30</t>
+  </si>
+  <si>
+    <t>06/06/2022 a 31/12/2022</t>
+  </si>
+  <si>
     <t>001/2022</t>
   </si>
   <si>
     <t>03/03/2022
 49.500,00</t>
   </si>
   <si>
     <t>03/03/2022 a 31/12/2022</t>
   </si>
   <si>
-    <t>002/2022</t>
-[...16 lines deleted...]
-  <si>
     <t>SECRETARIA ADMINISTRATIVA
 Contratação de empresa para aquisição de material...</t>
   </si>
   <si>
     <t>C M DE J SILVA MERCANTIL,
 15.096.847/0001-99</t>
   </si>
   <si>
     <t>20/04/2022
 37.298,77</t>
   </si>
   <si>
     <t>20/04/2022 a 31/12/2022</t>
   </si>
   <si>
-    <t>N°002/2021/</t>
+    <t>010/2021</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+O presente contrato tem pôr objeto a contratação d...</t>
+  </si>
+  <si>
+    <t>CONTRATANTE, e a empresa M. A. DE O. COSTA, situada na Rua Paraíba, n 529-A, Bairro Juçara- Imperatriz- MA
+NÂ° 24.196.494/0001-90,</t>
+  </si>
+  <si>
+    <t>08/04/2021
+R$ 17.210,00</t>
+  </si>
+  <si>
+    <t>08/04/2021 a 31/12/2021</t>
+  </si>
+  <si>
+    <t>009/2021</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+O presente contrato tem pôr objeto a Contratação d...</t>
+  </si>
+  <si>
+    <t>CONTRATANTE, e a empresa ANTONIO PEREIRA JUNIOR, situada na Rua Quatro, n 14, quadra 4, Bairro Vila Vitoria - Imperatriz - MA
+nÂ° 07.624.599/0001-83, R$ 17.250,00</t>
+  </si>
+  <si>
+    <t>06/04/2021
+R$ 17.250,00</t>
+  </si>
+  <si>
+    <t>06/04/2021 a 31/12/2021</t>
+  </si>
+  <si>
+    <t>008/2021</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Contratação de empresa especializada para Prestaçã...</t>
+  </si>
+  <si>
+    <t>CONTRATANTE, e a empresa SERCOMGEM SERVIÇOS E COMERCIO EIRELI, situada na Rua Bananal, n 02, Bairro Bananal - Governador Edison Lobão - MA
+NÂ° 25.197.926/0001-40,</t>
+  </si>
+  <si>
+    <t>11/07/2022
+R$ 17.600,00</t>
+  </si>
+  <si>
+    <t>008/2021 a 06/04/2021</t>
+  </si>
+  <si>
+    <t>007/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CÂMARA MUNICIPAL
+</t>
+  </si>
+  <si>
+    <t>CONTRATANTE, e a empresa C M DE J SILVA MERCANTIL, situada na Rua Simplício Moreira,
+...</t>
+  </si>
+  <si>
+    <t>01/04/2021
+R$ 16.496,00</t>
+  </si>
+  <si>
+    <t>01/04/2021 a 31/12/2021</t>
+  </si>
+  <si>
+    <t>006/2021</t>
+  </si>
+  <si>
+    <t>CONTRATANTE, e a empresa REIS COMERCIO E SERVIÇOS EIRELI, situada na Av. Pedro Neiva de Santana, n 50-A, Bairro João Paulo 11 - Imperatriz- MA
+NÂ° 23.065.738/0001-32</t>
+  </si>
+  <si>
+    <t>19/03/2021
+R$ 17.427,60</t>
+  </si>
+  <si>
+    <t>19/03/2021 a 31/12/2021</t>
+  </si>
+  <si>
+    <t>005/2021</t>
+  </si>
+  <si>
+    <t>CONTRATANTE, e a empresa REIS COMERCIO E SERVIÇOS EIRELI, situada na Av. Pedro Neiva de Santana, n 50-A, Bairro João Paulo 11- Imperatriz- MA,
+nÂ° 23.065.738/0001-32,</t>
+  </si>
+  <si>
+    <t>19/03/2021
+R$ 17.330,96</t>
+  </si>
+  <si>
+    <t>002/2021</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>CONTRATANTE, e a empresa SIGANET TECNOLOGIA LTDA - ME, situada na Rua Pericuma, Edf. Maria Amalia, Apt. 101 PAV 1garage 101101a, n 101, Jardim Renascença, CEP 65.077.660- São Luís- MA
 NÂ° 13.372.616/0001-35,</t>
   </si>
   <si>
     <t>01/02/2021
 R$ 3.600,00</t>
   </si>
   <si>
     <t>01/02/2021 a 01/01/2022</t>
   </si>
   <si>
-    <t>005/2021/</t>
+    <t>008/2020</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
-O presente contrato tem pôr objeto a contratação d...</t>
-[...13 lines deleted...]
-    <t>006/2021/</t>
+O presente contrato tem pôr objeto a Prestação de...</t>
+  </si>
+  <si>
+    <t>CONTRATANTE , e a empresa L. E . DE SOUSA COMERCIO E SERVIÇOS EIRELI , situada na Rua Leôncio Pires Dourado , n 1199 - Sala 102 - B , Bacuri - Imperatriz - MA - CEP 65 .901-020
+NÂ° 36 170.327/0001-59</t>
+  </si>
+  <si>
+    <t>04/09/2020
+R$ 16.250,00</t>
+  </si>
+  <si>
+    <t>04/09/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>006/2020</t>
+  </si>
+  <si>
+    <t>CONTRATANTE , e a empresa M. A. DE O . COSTA , situada na Rua Paraíba , n 529 A , Juçara - Imperatriz - MA
+NÂ° 24 .196.494/0001-90,</t>
+  </si>
+  <si>
+    <t>19/04/2020
+R$ 15.985,00</t>
+  </si>
+  <si>
+    <t>19/04/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>005/2020</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
-O presente contrato tem pôr objeto a Contratação d...</t>
-[...28 lines deleted...]
-    <t>008/2021/</t>
+Aquisição de Álcool em Gel, Mascaras e Luvas Para...</t>
+  </si>
+  <si>
+    <t>J B M P COMERCIO E SERVIÇOS LTDA
+NÂ° 34.553.827/0001-44</t>
+  </si>
+  <si>
+    <t>23/04/2020
+R$ 2.645,47</t>
+  </si>
+  <si>
+    <t>23/04/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>004/2020</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
-Contratação de empresa especializada para Prestaçã...</t>
-[...41 lines deleted...]
-    <t>003/2020/</t>
+Aquisição de Materiais de construção pintura acess...</t>
+  </si>
+  <si>
+    <t>A M L ARAUJO
+NÂ° 33.039.131/0001</t>
+  </si>
+  <si>
+    <t>28/06/2020
+R$ 5.082,00</t>
+  </si>
+  <si>
+    <t>28/06/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>003/2020</t>
   </si>
   <si>
     <t>CONTRATANTE, e a empresa M. A. DE O. COSTA, situada na Rua Paraíba, n 529-A, Bairro Juçara - Imperatriz - MA,
 nÂ° 24.196.494/0001-90</t>
   </si>
   <si>
     <t>29/01/2020
 R$ 22.480,00</t>
   </si>
   <si>
     <t>29/01/2020 a 31/12/2020</t>
   </si>
   <si>
-    <t>N°008/2020/</t>
-[...67 lines deleted...]
-    <t>N°007/2019/</t>
+    <t>007/2019</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>CONTRATANTE, e a empresa SIGANET TECNOLOGIA L TOA - ME, situada na Rua Pericuma, Edf. Maria Amalia, Apt. 101 PAV 1garage 101 1 01 a, n 101 , Jardim Renascença, CEP 65.077.660- São Luís - MA,
 NÂ° 13.372.616/0001-35, R$ 3.600,00</t>
   </si>
   <si>
     <t>02/12/2019
 R$ 3.600,00</t>
   </si>
   <si>
     <t>02/12/2019 a 02/12/2020</t>
   </si>
   <si>
-    <t>Nº 003/2019/</t>
+    <t>006/2019</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Serviços Técnicos de limpeza ,manutenção e reparaç...</t>
+  </si>
+  <si>
+    <t>LIDER EVENTOS E SERVIÇOS EIRELI
+NÂ° 11.18.746/0001-23</t>
+  </si>
+  <si>
+    <t>02/11/2019
+R$ 5.020,00</t>
+  </si>
+  <si>
+    <t>02/11/2019 a 31/12/2019</t>
+  </si>
+  <si>
+    <t>004/2019</t>
+  </si>
+  <si>
+    <t>C. M. de J. Silva Mercantil -
+NÂ° 16.096.847/0001-99</t>
+  </si>
+  <si>
+    <t>11/04/2019
+R$ 7.058,00</t>
+  </si>
+  <si>
+    <t>11/04/2019 a 31/12/2019</t>
+  </si>
+  <si>
+    <t>003/2019</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Aquisição de materiais de limpeza, consumo, expedi...</t>
   </si>
   <si>
     <t>C M DE J SILVA MERCANTIL
 NÂ° 15.096.847/0001-99</t>
   </si>
   <si>
     <t>14/01/2019
 R$ 54.107,20</t>
   </si>
   <si>
     <t>14/01/2019 a 31/12/2019</t>
   </si>
   <si>
-    <t>Nº 002/2019/</t>
+    <t>002/2019</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Aquisição de Material de Construção, pintura, aces...</t>
   </si>
   <si>
     <t>DISTIMAR COMERCIO E SERVIÇOS LTDA
 NÂ° 11.799.520/0001-02</t>
   </si>
   <si>
     <t>25/01/2019
 R$ 11.534,70</t>
   </si>
   <si>
     <t>25/01/2019 a 31/12/2019</t>
-  </si>
-[...30 lines deleted...]
-    <t>11/04/2019 a 31/12/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1095,996 +1092,1016 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F47"/>
+  <dimension ref="A1:F48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E47" sqref="E47"/>
+      <selection activeCell="E48" sqref="E48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
         <v>42</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="1" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F10" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F15" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="F16" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="F17" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B18" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F18" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B19" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F19" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F20" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B21" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B22" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
         <v>89</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B23" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F23" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B24" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F24" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F25" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B26" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>104</v>
+        <v>63</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>105</v>
+        <v>64</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="F26" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B27" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="F27" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>86</v>
+        <v>108</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F28" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B29" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F29" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B30" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>122</v>
+        <v>87</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="F30" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="F31" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B32" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="F32" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B33" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="F33" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="F34" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B35" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="F35" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B36" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F36" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B37" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="F37" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="F38" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="F39" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B40" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="F40" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="F41" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B42" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="F42" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B43" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>181</v>
+        <v>124</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="F43" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B44" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="F44" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B45" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="F45" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B46" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>196</v>
+        <v>124</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="F46" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
+        <v>2</v>
+      </c>
+      <c r="B47" t="s">
+        <v>192</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F47" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48">
         <v>1</v>
       </c>
-      <c r="B47" t="s">
+      <c r="B48" t="s">
+        <v>197</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E48" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D47" s="1" t="s">
+      <c r="F48" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">